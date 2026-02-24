--- v0 (2025-12-26)
+++ v1 (2026-02-24)
@@ -1441,51 +1441,51 @@
   <si>
     <t>[{"name":"companyId","required":false,"in":"query","schema":{"type":"string"}},{"name":"createdBy","required":false,"in":"query","schema":{"type":"string"}}]</t>
   </si>
   <si>
     <t>/e-inspect/global-settings/{id}</t>
   </si>
   <si>
     <t>Update global edit access settings</t>
   </si>
   <si>
     <t>Get global edit access settings details</t>
   </si>
   <si>
     <t>Delete global edit access settings</t>
   </si>
   <si>
     <t>📌 Templates</t>
   </si>
   <si>
     <t>/templates</t>
   </si>
   <si>
     <t>List all Templates</t>
   </si>
   <si>
-    <t>[{"name":"search","required":false,"in":"query","schema":{"type":"string"}},{"name":"limit","required":false,"in":"query","schema":{"default":10,"type":"number"}},{"name":"offset","required":false,"in":"query","schema":{"default":0,"type":"number"}},{"name":"status","required":false,"in":"query","schema":{"enum":["draft","published"],"type":"string"}},{"name":"ownedBy","required":false,"in":"query","schema":{"type":"string"}},{"name":"templateType","required":false,"in":"query","schema":{"enum":["public_library","user_created","inspection_template","inspection_schedule","inspection_asset","inspection_issue"],"type":"string"}},{"name":"isArchived","required":false,"in":"query","schema":{"type":"boolean"}},{"name":"isPublished","required":false,"in":"query","schema":{"type":"boolean"}},{"name":"isBookmarked","required":false,"in":"query","schema":{"type":"boolean"}},{"name":"availableTo","required":false,"in":"query","schema":{"example":["65c64527624d9eb32dc9338b","65c64527624d9eb32dc9338b"],"type":"array","items":{"type":"string"}}}]</t>
+    <t>[{"name":"search","required":false,"in":"query","schema":{"type":"string"}},{"name":"limit","required":false,"in":"query","schema":{"default":10,"type":"number"}},{"name":"offset","required":false,"in":"query","schema":{"default":0,"type":"number"}},{"name":"status","required":false,"in":"query","schema":{"enum":["draft","published"],"type":"string"}},{"name":"ownedBy","required":false,"in":"query","schema":{"type":"string"}},{"name":"templateType","required":false,"in":"query","schema":{"enum":["public_library","user_created","inspection_template","inspection_schedule","inspection_asset","inspection_issue"],"type":"string"}},{"name":"isArchived","required":false,"in":"query","schema":{"type":"boolean"}},{"name":"isPublished","required":false,"in":"query","schema":{"type":"boolean"}},{"name":"isBookmarked","required":false,"in":"query","schema":{"type":"boolean"}},{"name":"availableTo","required":false,"in":"query","schema":{"example":["65c64527624d9eb32dc9338b","65c64527624d9eb32dc9338b"],"type":"array","items":{"type":"string"}}},{"name":"industries","required":false,"in":"query","schema":{"example":["Agriculture","Construction"],"type":"array","items":{"type":"string"}}}]</t>
   </si>
   <si>
     <t>Create Template</t>
   </si>
   <si>
     <t>/templates/bulk-archive-templates</t>
   </si>
   <si>
     <t>Archive Bulk Template</t>
   </si>
   <si>
     <t>/templates/{templateId}/question/{questionId}</t>
   </si>
   <si>
     <t>Delete a question from a template</t>
   </si>
   <si>
     <t>[{"name":"templateId","required":true,"in":"path","schema":{"example":"65aa196c4a06a4de5b2c5d45","type":"string"}},{"name":"questionId","required":true,"in":"path","schema":{"example":"65aa196c4a06a4de5b2c5d46","type":"string"}}]</t>
   </si>
   <si>
     <t>/templates/bulk-delete-templates</t>
   </si>
   <si>
     <t>Delete Bulk Template</t>
   </si>